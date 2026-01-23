--- v0 (2025-11-24)
+++ v1 (2026-01-23)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8808"/>
   </bookViews>
   <sheets>
@@ -118,51 +119,51 @@
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor theme="7" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="29"/>
         <bgColor indexed="29"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor theme="5" tint="0.39997558519241921"/>
       </patternFill>
     </fill>
     <fill>
@@ -173,50 +174,56 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor theme="9" tint="0.59999389629810485"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF8080"/>
         <bgColor theme="7" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor theme="5" tint="0.39997558519241921"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF8080"/>
         <bgColor indexed="29"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor theme="7" tint="0.79998168889431442"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -286,51 +293,51 @@
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
@@ -374,62 +381,65 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFF04510"/>
       <color rgb="FFFF8080"/>
-      <color rgb="FFF04510"/>
       <color rgb="FFFCDAD0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -612,56 +622,60 @@
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AF23"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="145" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:J1"/>
+    <sheetView tabSelected="1" topLeftCell="B2" zoomScale="145" workbookViewId="0">
+      <selection activeCell="AD15" sqref="AD15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="7.88671875" customWidth="1"/>
     <col min="2" max="32" width="4.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
       <c r="H1" s="30"/>
       <c r="I1" s="30"/>
       <c r="J1" s="30"/>
       <c r="K1" s="1"/>
       <c r="L1" s="3" t="s">
@@ -1516,54 +1530,54 @@
       <c r="S13" s="2">
         <v>4</v>
       </c>
       <c r="T13" s="2">
         <v>5</v>
       </c>
       <c r="U13" s="12"/>
       <c r="V13" s="12"/>
       <c r="W13" s="2">
         <v>6</v>
       </c>
       <c r="X13" s="2">
         <v>7</v>
       </c>
       <c r="Y13" s="2">
         <v>8</v>
       </c>
       <c r="Z13" s="2">
         <v>9</v>
       </c>
       <c r="AA13" s="2">
         <v>10</v>
       </c>
       <c r="AB13" s="12"/>
       <c r="AC13" s="12"/>
-      <c r="AD13" s="2">
-[...2 lines deleted...]
-      <c r="AE13" s="2">
+      <c r="AD13" s="31">
+        <v>1</v>
+      </c>
+      <c r="AE13" s="31">
         <v>2</v>
       </c>
       <c r="AF13" s="6"/>
     </row>
     <row r="17" spans="12:22" x14ac:dyDescent="0.3">
       <c r="L17" s="21"/>
       <c r="M17" s="21"/>
       <c r="N17" s="21"/>
       <c r="O17" s="21"/>
       <c r="P17" s="21"/>
       <c r="Q17" s="21"/>
       <c r="R17" s="21"/>
       <c r="S17" s="21"/>
       <c r="T17" s="21"/>
       <c r="U17" s="21"/>
       <c r="V17" s="21"/>
     </row>
     <row r="18" spans="12:22" x14ac:dyDescent="0.3">
       <c r="L18" s="21"/>
       <c r="M18" s="21"/>
       <c r="N18" s="21"/>
       <c r="O18" s="21"/>
       <c r="P18" s="21"/>
       <c r="Q18" s="21"/>
       <c r="R18" s="21"/>
@@ -1621,66 +1635,65 @@
       <c r="R22" s="21"/>
       <c r="S22" s="21"/>
       <c r="T22" s="21"/>
       <c r="U22" s="21"/>
       <c r="V22" s="21"/>
     </row>
     <row r="23" spans="12:22" x14ac:dyDescent="0.3">
       <c r="L23" s="21"/>
       <c r="M23" s="21"/>
       <c r="N23" s="21"/>
       <c r="O23" s="21"/>
       <c r="P23" s="21"/>
       <c r="Q23" s="21"/>
       <c r="R23" s="21"/>
       <c r="S23" s="21"/>
       <c r="T23" s="21"/>
       <c r="U23" s="21"/>
       <c r="V23" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="AD1:AE1"/>
   </mergeCells>
   <pageMargins left="0.70078740157480324" right="0.70078740157480324" top="0.75196850393700776" bottom="0.75196850393700776" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" useFirstPageNumber="1"/>
+  <pageSetup paperSize="9" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nick</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>